--- v0 (2026-01-19)
+++ v1 (2026-03-10)
@@ -146,51 +146,51 @@
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Гастрономический ужин в Абакане</t>
   </si>
   <si>
     <t>2500 RUB</t>
   </si>
   <si>
     <t>Ужины по туру</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 01:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 10.03.2026 08:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>