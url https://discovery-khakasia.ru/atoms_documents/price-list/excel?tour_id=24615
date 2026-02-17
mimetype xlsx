--- v0 (2025-12-29)
+++ v1 (2026-02-17)
@@ -35,111 +35,111 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>09.07.2026</t>
   </si>
   <si>
     <t>23.07.2026</t>
   </si>
   <si>
     <t>06.08.2026</t>
   </si>
   <si>
     <t>13.08.2026</t>
   </si>
   <si>
     <t>Проживание: б/о "Ергаки" + "Буян-Бадыргы" 3* + "Абакан" 4*</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>125000 RUB</t>
+    <t>137000 RUB</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
-    <t>115000 RUB</t>
+    <t>127000 RUB</t>
   </si>
   <si>
     <t>Проживание: б/о "Ергаки" + "Буян-Бадыргы" 3* + "Персона" 3*</t>
   </si>
   <si>
     <t>Одноместный номер "Стандарт"</t>
   </si>
   <si>
-    <t>118000 RUB</t>
+    <t>130000 RUB</t>
   </si>
   <si>
     <t>Стандарт с двуспальной кроватью (DBL)</t>
   </si>
   <si>
-    <t>112000 RUB</t>
+    <t>124000 RUB</t>
   </si>
   <si>
     <t>Стандарт с двумя односпальными кроватями (TWN)</t>
   </si>
   <si>
     <t>Стандарт трехместный (двуспальная кровать+диван)</t>
   </si>
   <si>
-    <t>120000 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Проживание: б/о "Ергаки"3* + отель "Буян-Бадыргы" 3* + отель "Азия"4*</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
-    <t>127000 RUB</t>
+    <t>139000 RUB</t>
   </si>
   <si>
     <t>Стандарт (двуспальная кровать)</t>
   </si>
   <si>
+    <t>132000 RUB</t>
+  </si>
+  <si>
     <t>Стандарт (раздельные кровати)</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Ужины по туру</t>
   </si>
   <si>
     <t>13000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 29.12.2025 07:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 17.02.2026 08:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -680,154 +680,154 @@
       </c>
       <c r="C14" t="s">
         <v>14</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C16" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C20" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E24" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>24</v>
       </c>
       <c r="B27" t="s">
         <v>25</v>
       </c>