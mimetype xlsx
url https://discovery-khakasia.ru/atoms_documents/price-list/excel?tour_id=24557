--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -119,51 +119,51 @@
   <si>
     <t>Стандарт (Двуспальная кровать+диван)</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Проживание по туру :"отель"Азия 4*-отель"Гладенькая 4*-б/о " Ергаки 3*-отель" Кызыл Гранд отель 5*</t>
   </si>
   <si>
     <t xml:space="preserve">Одноместное проживание </t>
   </si>
   <si>
     <t>215000 RUB</t>
   </si>
   <si>
     <t>Двухместное проживание</t>
   </si>
   <si>
     <t>200000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 06.11.2025 05:39, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 02.01.2026 14:28, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>