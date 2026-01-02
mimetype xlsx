--- v1 (2026-01-02)
+++ v2 (2026-01-02)
@@ -119,51 +119,51 @@
   <si>
     <t>Стандарт (Двуспальная кровать+диван)</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Проживание по туру :"отель"Азия 4*-отель"Гладенькая 4*-б/о " Ергаки 3*-отель" Кызыл Гранд отель 5*</t>
   </si>
   <si>
     <t xml:space="preserve">Одноместное проживание </t>
   </si>
   <si>
     <t>215000 RUB</t>
   </si>
   <si>
     <t>Двухместное проживание</t>
   </si>
   <si>
     <t>200000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 02.01.2026 14:28, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 02.01.2026 15:55, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>