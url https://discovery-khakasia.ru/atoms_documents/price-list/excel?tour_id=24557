--- v2 (2026-01-02)
+++ v3 (2026-02-22)
@@ -62,108 +62,108 @@
   <si>
     <t>06.08.2026</t>
   </si>
   <si>
     <t>13.08.2026</t>
   </si>
   <si>
     <t>20.08.2026</t>
   </si>
   <si>
     <t>03.09.2026</t>
   </si>
   <si>
     <t>17.09.2026</t>
   </si>
   <si>
     <t>Проживание по туру: Персона 3*-Гладенькая 4*- Ергаки 3*- Буян Бадыргы 3*</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>128000 RUB</t>
+    <t>140000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
-    <t>117000 RUB</t>
+    <t>129000 RUB</t>
   </si>
   <si>
     <t>Стандарт (раздельные кровати)</t>
   </si>
   <si>
     <t>Проживание по туру:"Азия"4*+"Гладенькая"4*+"Буян-Бадырги"3*+ "Ергаки"3*</t>
   </si>
   <si>
-    <t>132000 RUB</t>
+    <t>144000 RUB</t>
   </si>
   <si>
     <t>Стандарт (двуспальная кровать)</t>
   </si>
   <si>
-    <t>122000 RUB</t>
+    <t>134000 RUB</t>
   </si>
   <si>
     <t>Проживание по туру:"Абакан"4*+"Гладенькая"4*+"Буян-Бадырги"3*+"Ергаки"3*</t>
   </si>
   <si>
-    <t>129000 RUB</t>
-[...2 lines deleted...]
-    <t>118000 RUB</t>
+    <t>141000 RUB</t>
+  </si>
+  <si>
+    <t>130000 RUB</t>
   </si>
   <si>
     <t>Стандарт (Двуспальная кровать+диван)</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>Проживание по туру :"отель"Азия 4*-отель"Гладенькая 4*-б/о " Ергаки 3*-отель" Кызыл Гранд отель 5*</t>
   </si>
   <si>
     <t xml:space="preserve">Одноместное проживание </t>
   </si>
   <si>
-    <t>215000 RUB</t>
+    <t>227000 RUB</t>
   </si>
   <si>
     <t>Двухместное проживание</t>
   </si>
   <si>
-    <t>200000 RUB</t>
+    <t>212000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 02.01.2026 15:55, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.02.2026 23:03, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>