--- v0 (2025-12-25)
+++ v1 (2026-02-22)
@@ -47,114 +47,114 @@
   <si>
     <t>20.07.2026</t>
   </si>
   <si>
     <t>27.07.2026</t>
   </si>
   <si>
     <t>10.08.2026</t>
   </si>
   <si>
     <t>24.08.2026</t>
   </si>
   <si>
     <t>07.09.2026</t>
   </si>
   <si>
     <t>Проживание по туру: Загородный отель "Гладенькая"4* + отель "Азия"4*</t>
   </si>
   <si>
     <t>Стандартный двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>138000 RUB</t>
+    <t>150000 RUB</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
-    <t>148000 RUB</t>
+    <t>160000 RUB</t>
   </si>
   <si>
     <t>Проживание по туру: Загородный отель "Гладенькая"4* + отель "Абакан"4*</t>
   </si>
   <si>
     <t>Стандарт  одноместный</t>
   </si>
   <si>
-    <t>139000 RUB</t>
+    <t>151000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный ( 2 раздельные кровати)</t>
   </si>
   <si>
-    <t>132000 RUB</t>
+    <t>144000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный (двуспальная кровать)</t>
   </si>
   <si>
     <t>Проживание по туру : Загородный отель "Гладенькая "4*+ отель"Персона"3*</t>
   </si>
   <si>
-    <t>137000 RUB</t>
+    <t>149000 RUB</t>
   </si>
   <si>
     <t>Стандарт  двухместный ( 2 односпальные кровати)</t>
   </si>
   <si>
-    <t>128000 RUB</t>
+    <t>140000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Подарочный набор сладостей из Хакасии "Сделано в Хакасии"</t>
   </si>
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>700 RUB</t>
   </si>
   <si>
     <t>Ужины по туру</t>
   </si>
   <si>
     <t>17000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 25.12.2025 07:29, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 23.02.2026 00:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>