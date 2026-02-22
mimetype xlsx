--- v0 (2026-01-02)
+++ v1 (2026-02-22)
@@ -62,83 +62,83 @@
   <si>
     <t>13.08.2026</t>
   </si>
   <si>
     <t>20.08.2026</t>
   </si>
   <si>
     <t>03.09.2026</t>
   </si>
   <si>
     <t>10.09.2026</t>
   </si>
   <si>
     <t>17.09.2026</t>
   </si>
   <si>
     <t>Отель "Персона", питание по туру HB (завтрак, обед в кафе/ланч на природе)</t>
   </si>
   <si>
     <t>Стандарт одноместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>105000 RUB</t>
+    <t>117000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный DBL</t>
   </si>
   <si>
-    <t>95000 RUB</t>
+    <t>107000 RUB</t>
   </si>
   <si>
     <t>Стандарт двухместный TWN</t>
   </si>
   <si>
     <t>Отель "Абакан", питание по туру HB (завтрак, обед в кафе/ланч на природе)</t>
   </si>
   <si>
-    <t>112000 RUB</t>
-[...2 lines deleted...]
-    <t>98000 RUB</t>
+    <t>124000 RUB</t>
+  </si>
+  <si>
+    <t>110000 RUB</t>
   </si>
   <si>
     <t>Делюкс двуспальная кровать + диван</t>
   </si>
   <si>
     <t>Отель "Азия", питание по туру HB (завтрак, обед в кафе/ланч на природе)</t>
   </si>
   <si>
+    <t>131000 RUB</t>
+  </si>
+  <si>
     <t>119000 RUB</t>
   </si>
   <si>
-    <t>107000 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Отель "Azimut" 3*питание по туру HB (завтрак, обед в кафе/ланч на природе)</t>
   </si>
   <si>
     <t>Стандарт (двуспальная кровать)</t>
   </si>
   <si>
     <t>Стандарт (раздельные кровати)</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Эффективное средство защиты от насекомых и клеща  1 баллон</t>
   </si>
   <si>
     <t>400 RUB</t>
   </si>
   <si>
     <t>Обряд шамана в Хакасии индивидуально</t>
   </si>
   <si>
     <t>6000 RUB</t>
   </si>
   <si>
     <t>Подарочный набор сладостей из Хакасии "Сделано в Хакасии"</t>
@@ -146,51 +146,51 @@
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Плотный дождевик с капюшоном</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Гастрономический ужин в Абакане</t>
   </si>
   <si>
     <t>3000 RUB</t>
   </si>
   <si>
     <t>Ужины по туру</t>
   </si>
   <si>
     <t>13000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 02.01.2026 14:30, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 23.02.2026 00:46, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>